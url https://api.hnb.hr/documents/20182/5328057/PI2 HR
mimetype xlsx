--- v1 (2025-12-16)
+++ v2 (2026-03-21)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PI2 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1320" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1757" uniqueCount="49">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>POSLOVNE JEDINICE I PRIHVATNI UREĐAJI PREMA ŽUPANIJAMA - 2025. godina
 </t>
   </si>
   <si>
     <t>Mjesec: SIJEČANJ</t>
   </si>
   <si>
     <t>Županija</t>
   </si>
   <si>
     <t>Poslovne jedinice</t>
@@ -135,69 +135,78 @@
   <si>
     <t>Istarska županija</t>
   </si>
   <si>
     <t>Dubrovačko-neretvanska županija</t>
   </si>
   <si>
     <t>Međimurska županija</t>
   </si>
   <si>
     <t>Grad Zagreb</t>
   </si>
   <si>
     <t>          UKUPNO</t>
   </si>
   <si>
     <t>Mjesec: VELJAČA</t>
   </si>
   <si>
     <t>Mjesec: OŽUJAK</t>
   </si>
   <si>
     <t>Mjesec: TRAVANJ</t>
   </si>
   <si>
-    <t>*</t>
-[...4 lines deleted...]
-  <si>
     <t>Mjesec: SVIBANJ</t>
   </si>
   <si>
     <t>Mjesec: LIPANJ</t>
   </si>
   <si>
     <t>Mjesec: SRPANJ</t>
   </si>
   <si>
     <t>Mjesec: KOLOVOZ</t>
   </si>
   <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>* podaci su revidirani u odnosu na prethodnu objavu</t>
+  </si>
+  <si>
     <t>Mjesec: RUJAN</t>
+  </si>
+  <si>
+    <t>Mjesec: LISTOPAD</t>
+  </si>
+  <si>
+    <t>Mjesec: STUDENI</t>
+  </si>
+  <si>
+    <t>Mjesec: PROSINAC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -562,51 +571,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K309"/>
+  <dimension ref="A1:K410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="22" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="22" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="35" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="31" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="22" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s" s="2">
@@ -3163,51 +3172,51 @@
       <c r="C112" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D112" s="7">
         <v>33</v>
       </c>
       <c r="E112" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F112" s="7">
         <v>8</v>
       </c>
       <c r="G112" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H112" s="7">
         <v/>
       </c>
       <c r="I112" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J112" s="7">
         <v>198</v>
       </c>
       <c r="K112" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s" s="6">
         <v>15</v>
       </c>
       <c r="B113" s="7">
         <v>23</v>
       </c>
       <c r="C113" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D113" s="7">
         <v>9</v>
       </c>
       <c r="E113" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F113" s="7">
         <v>7</v>
       </c>
       <c r="G113" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H113" s="7">
@@ -3268,86 +3277,86 @@
       <c r="C115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D115" s="7">
         <v>16</v>
       </c>
       <c r="E115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F115" s="7">
         <v>1</v>
       </c>
       <c r="G115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H115" s="7">
         <v>1</v>
       </c>
       <c r="I115" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J115" s="7">
         <v>93</v>
       </c>
       <c r="K115" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s" s="6">
         <v>18</v>
       </c>
       <c r="B116" s="7">
         <v>24</v>
       </c>
       <c r="C116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D116" s="7">
         <v>12</v>
       </c>
       <c r="E116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F116" s="7">
         <v>3</v>
       </c>
       <c r="G116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H116" s="7">
         <v>1</v>
       </c>
       <c r="I116" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J116" s="7">
         <v>128</v>
       </c>
       <c r="K116" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s" s="6">
         <v>19</v>
       </c>
       <c r="B117" s="7">
         <v>19</v>
       </c>
       <c r="C117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D117" s="7">
         <v>10</v>
       </c>
       <c r="E117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F117" s="7">
         <v>3</v>
       </c>
       <c r="G117" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H117" s="7">
@@ -3408,86 +3417,86 @@
       <c r="C119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D119" s="7">
         <v>38</v>
       </c>
       <c r="E119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F119" s="7">
         <v>1</v>
       </c>
       <c r="G119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H119" s="7">
         <v>2</v>
       </c>
       <c r="I119" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J119" s="7">
         <v>391</v>
       </c>
       <c r="K119" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s" s="6">
         <v>22</v>
       </c>
       <c r="B120" s="7">
         <v>10</v>
       </c>
       <c r="C120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D120" s="7">
         <v>7</v>
       </c>
       <c r="E120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F120" s="7">
         <v/>
       </c>
       <c r="G120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H120" s="7">
         <v/>
       </c>
       <c r="I120" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J120" s="7">
         <v>79</v>
       </c>
       <c r="K120" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s" s="6">
         <v>23</v>
       </c>
       <c r="B121" s="7">
         <v>18</v>
       </c>
       <c r="C121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D121" s="7">
         <v>7</v>
       </c>
       <c r="E121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F121" s="7">
         <v>1</v>
       </c>
       <c r="G121" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H121" s="7">
@@ -3583,121 +3592,121 @@
       <c r="C124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D124" s="7">
         <v>23</v>
       </c>
       <c r="E124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F124" s="7">
         <v>1</v>
       </c>
       <c r="G124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H124" s="7">
         <v>2</v>
       </c>
       <c r="I124" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J124" s="7">
         <v>299</v>
       </c>
       <c r="K124" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s" s="6">
         <v>27</v>
       </c>
       <c r="B125" s="7">
         <v>49</v>
       </c>
       <c r="C125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D125" s="7">
         <v>18</v>
       </c>
       <c r="E125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F125" s="7">
         <v>3</v>
       </c>
       <c r="G125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H125" s="7">
         <v>1</v>
       </c>
       <c r="I125" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J125" s="7">
         <v>195</v>
       </c>
       <c r="K125" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s" s="6">
         <v>28</v>
       </c>
       <c r="B126" s="7">
         <v>21</v>
       </c>
       <c r="C126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D126" s="7">
         <v>10</v>
       </c>
       <c r="E126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F126" s="7">
         <v>1</v>
       </c>
       <c r="G126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H126" s="7">
         <v>1</v>
       </c>
       <c r="I126" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J126" s="7">
         <v>164</v>
       </c>
       <c r="K126" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s" s="6">
         <v>29</v>
       </c>
       <c r="B127" s="7">
         <v>24</v>
       </c>
       <c r="C127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D127" s="7">
         <v>8</v>
       </c>
       <c r="E127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F127" s="7">
         <v>1</v>
       </c>
       <c r="G127" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H127" s="7">
@@ -3723,121 +3732,121 @@
       <c r="C128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D128" s="7">
         <v>43</v>
       </c>
       <c r="E128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F128" s="7">
         <v>4</v>
       </c>
       <c r="G128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H128" s="7">
         <v>3</v>
       </c>
       <c r="I128" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J128" s="7">
         <v>667</v>
       </c>
       <c r="K128" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s" s="6">
         <v>31</v>
       </c>
       <c r="B129" s="7">
         <v>63</v>
       </c>
       <c r="C129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D129" s="7">
         <v>40</v>
       </c>
       <c r="E129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F129" s="7">
         <v>3</v>
       </c>
       <c r="G129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H129" s="7">
         <v>1</v>
       </c>
       <c r="I129" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J129" s="7">
         <v>402</v>
       </c>
       <c r="K129" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s" s="6">
         <v>32</v>
       </c>
       <c r="B130" s="7">
         <v>35</v>
       </c>
       <c r="C130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D130" s="7">
         <v>16</v>
       </c>
       <c r="E130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F130" s="7">
         <v/>
       </c>
       <c r="G130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H130" s="7">
         <v>1</v>
       </c>
       <c r="I130" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J130" s="7">
         <v>272</v>
       </c>
       <c r="K130" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s" s="6">
         <v>33</v>
       </c>
       <c r="B131" s="7">
         <v>17</v>
       </c>
       <c r="C131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D131" s="7">
         <v>8</v>
       </c>
       <c r="E131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F131" s="7">
         <v/>
       </c>
       <c r="G131" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H131" s="7">
@@ -3863,4270 +3872,6755 @@
       <c r="C132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D132" s="7">
         <v>44</v>
       </c>
       <c r="E132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F132" s="7">
         <v>19</v>
       </c>
       <c r="G132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H132" s="7">
         <v>9</v>
       </c>
       <c r="I132" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J132" s="7">
         <v>746</v>
       </c>
       <c r="K132" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s" s="8">
         <v>35</v>
       </c>
       <c r="B133" s="9">
         <v>782</v>
       </c>
       <c r="C133" t="s" s="8">
         <v>14</v>
       </c>
       <c r="D133" s="9">
         <v>381</v>
       </c>
       <c r="E133" t="s" s="8">
         <v>14</v>
       </c>
       <c r="F133" s="9">
         <v>62</v>
       </c>
       <c r="G133" t="s" s="8">
         <v>14</v>
       </c>
       <c r="H133" s="9">
         <v>30</v>
       </c>
       <c r="I133" t="s" s="8">
         <v>14</v>
       </c>
       <c r="J133" s="9">
         <v>4285</v>
       </c>
       <c r="K133" t="s" s="8">
         <v>14</v>
       </c>
     </row>
-    <row r="134" spans="1:11">
-[...1 lines deleted...]
-        <v>40</v>
+    <row r="137" spans="1:11">
+      <c r="A137" t="s" s="1">
+        <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:11">
-      <c r="A138" t="s" s="1">
-        <v>0</v>
+      <c r="A138" t="s" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s" s="2">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:11">
-      <c r="A141" t="s" s="2">
-        <v>3</v>
+      <c r="A141" t="s" s="3">
+        <v>4</v>
       </c>
     </row>
     <row r="142" spans="1:11">
-      <c r="A142" t="s" s="3">
+      <c r="A142" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" t="s" s="3">
         <v>4</v>
-      </c>
-[...3 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s" s="3">
-        <v>4</v>
+        <v>39</v>
       </c>
     </row>
     <row r="145" spans="1:11">
-      <c r="A145" t="s" s="3">
-        <v>41</v>
+      <c r="A145" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B145" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D145" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F145" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H145" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J145" t="s" s="5">
+        <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:11">
-      <c r="A146" t="s" s="5">
-[...2 lines deleted...]
-      <c r="B146" t="s" s="5">
+      <c r="A146" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B146" s="7">
+        <v>54</v>
+      </c>
+      <c r="C146" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D146" s="7">
+        <v>33</v>
+      </c>
+      <c r="E146" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F146" s="7">
         <v>8</v>
       </c>
-      <c r="D146" t="s" s="5">
-[...9 lines deleted...]
-        <v>12</v>
+      <c r="G146" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H146" s="7">
+        <v/>
+      </c>
+      <c r="I146" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J146" s="7">
+        <v>198</v>
+      </c>
+      <c r="K146" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s" s="6">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B147" s="7">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="C147" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D147" s="7">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="E147" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F147" s="7">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G147" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H147" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I147" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J147" s="7">
-        <v>198</v>
+        <v>79</v>
       </c>
       <c r="K147" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s" s="6">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B148" s="7">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C148" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D148" s="7">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E148" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F148" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G148" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H148" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I148" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J148" s="7">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="K148" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s" s="6">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B149" s="7">
         <v>21</v>
       </c>
       <c r="C149" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D149" s="7">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E149" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F149" s="7">
         <v>1</v>
       </c>
       <c r="G149" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H149" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I149" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J149" s="7">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="K149" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s" s="6">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B150" s="7">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D150" s="7">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F150" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H150" s="7">
         <v>1</v>
       </c>
       <c r="I150" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J150" s="7">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="K150" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s" s="6">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B151" s="7">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="C151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D151" s="7">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F151" s="7">
         <v>3</v>
       </c>
       <c r="G151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H151" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I151" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J151" s="7">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="K151" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s" s="6">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B152" s="7">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D152" s="7">
         <v>10</v>
       </c>
       <c r="E152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F152" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H152" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I152" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J152" s="7">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="K152" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s" s="6">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B153" s="7">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="C153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D153" s="7">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="E153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F153" s="7">
         <v>1</v>
       </c>
       <c r="G153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H153" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I153" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J153" s="7">
-        <v>69</v>
+        <v>405</v>
       </c>
       <c r="K153" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s" s="6">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B154" s="7">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="C154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D154" s="7">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="E154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F154" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H154" s="7">
-        <v>2</v>
+        <v/>
       </c>
       <c r="I154" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J154" s="7">
-        <v>405</v>
+        <v>112</v>
       </c>
       <c r="K154" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s" s="6">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B155" s="7">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D155" s="7">
         <v>7</v>
       </c>
       <c r="E155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F155" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H155" s="7">
         <v/>
       </c>
       <c r="I155" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J155" s="7">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="K155" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s" s="6">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B156" s="7">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D156" s="7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F156" s="7">
         <v>1</v>
       </c>
       <c r="G156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H156" s="7">
         <v/>
       </c>
       <c r="I156" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J156" s="7">
         <v>42</v>
       </c>
       <c r="K156" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s" s="6">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B157" s="7">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D157" s="7">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F157" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H157" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I157" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J157" s="7">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="K157" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s" s="6">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B158" s="7">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="C158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D158" s="7">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F158" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H158" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I158" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J158" s="7">
-        <v>81</v>
+        <v>341</v>
       </c>
       <c r="K158" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s" s="6">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B159" s="7">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="C159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D159" s="7">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F159" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H159" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I159" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J159" s="7">
-        <v>341</v>
+        <v>194</v>
       </c>
       <c r="K159" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s" s="6">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B160" s="7">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="C160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D160" s="7">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F160" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H160" s="7">
         <v>1</v>
       </c>
       <c r="I160" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J160" s="7">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K160" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s" s="6">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B161" s="7">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D161" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F161" s="7">
         <v>1</v>
       </c>
       <c r="G161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H161" s="7">
         <v>1</v>
       </c>
       <c r="I161" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J161" s="7">
-        <v>192</v>
+        <v>96</v>
       </c>
       <c r="K161" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s" s="6">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B162" s="7">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="C162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D162" s="7">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="E162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F162" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H162" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I162" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J162" s="7">
-        <v>96</v>
+        <v>763</v>
       </c>
       <c r="K162" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s" s="6">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B163" s="7">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="C163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D163" s="7">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F163" s="7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H163" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I163" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J163" s="7">
-        <v>763</v>
+        <v>425</v>
       </c>
       <c r="K163" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s" s="6">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B164" s="7">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="C164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D164" s="7">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="E164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F164" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H164" s="7">
         <v>1</v>
       </c>
       <c r="I164" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J164" s="7">
-        <v>425</v>
+        <v>293</v>
       </c>
       <c r="K164" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s" s="6">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B165" s="7">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="C165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D165" s="7">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="E165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F165" s="7">
         <v/>
       </c>
       <c r="G165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H165" s="7">
         <v>1</v>
       </c>
       <c r="I165" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J165" s="7">
-        <v>293</v>
+        <v>84</v>
       </c>
       <c r="K165" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s" s="6">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B166" s="7">
-        <v>17</v>
+        <v>147</v>
       </c>
       <c r="C166" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D166" s="7">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="E166" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F166" s="7">
-        <v/>
+        <v>19</v>
       </c>
       <c r="G166" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H166" s="7">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="I166" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J166" s="7">
-        <v>84</v>
+        <v>754</v>
       </c>
       <c r="K166" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:11">
-      <c r="A167" t="s" s="6">
-[...34 lines deleted...]
-      <c r="A168" t="s" s="8">
+      <c r="A167" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B168" s="9">
+      <c r="B167" s="9">
         <v>785</v>
       </c>
-      <c r="C168" t="s" s="8">
-[...2 lines deleted...]
-      <c r="D168" s="9">
+      <c r="C167" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D167" s="9">
         <v>381</v>
       </c>
-      <c r="E168" t="s" s="8">
-[...2 lines deleted...]
-      <c r="F168" s="9">
+      <c r="E167" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F167" s="9">
         <v>62</v>
       </c>
-      <c r="G168" t="s" s="8">
-[...2 lines deleted...]
-      <c r="H168" s="9">
+      <c r="G167" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H167" s="9">
         <v>32</v>
       </c>
-      <c r="I168" t="s" s="8">
-[...2 lines deleted...]
-      <c r="J168" s="9">
+      <c r="I167" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J167" s="9">
         <v>4548</v>
       </c>
-      <c r="K168" t="s" s="8">
-[...5 lines deleted...]
-        <v>40</v>
+      <c r="K167" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" t="s" s="2">
+        <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:11">
-      <c r="A173" t="s" s="1">
-        <v>0</v>
+      <c r="A173" t="s" s="2">
+        <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s" s="2">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:11">
-      <c r="A175" t="s" s="2">
-        <v>2</v>
+      <c r="A175" t="s" s="3">
+        <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:11">
-      <c r="A176" t="s" s="2">
-        <v>3</v>
+      <c r="A176" t="s" s="4">
+        <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s" s="3">
         <v>4</v>
       </c>
     </row>
     <row r="178" spans="1:11">
-      <c r="A178" t="s" s="4">
-        <v>5</v>
+      <c r="A178" t="s" s="3">
+        <v>40</v>
       </c>
     </row>
     <row r="179" spans="1:11">
-      <c r="A179" t="s" s="3">
-        <v>4</v>
+      <c r="A179" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B179" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D179" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F179" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H179" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J179" t="s" s="5">
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:11">
-      <c r="A180" t="s" s="3">
-        <v>42</v>
+      <c r="A180" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B180" s="7">
+        <v>54</v>
+      </c>
+      <c r="C180" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D180" s="7">
+        <v>32</v>
+      </c>
+      <c r="E180" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F180" s="7">
+        <v>8</v>
+      </c>
+      <c r="G180" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H180" s="7">
+        <v/>
+      </c>
+      <c r="I180" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J180" s="7">
+        <v>195</v>
+      </c>
+      <c r="K180" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="181" spans="1:11">
-      <c r="A181" t="s" s="5">
+      <c r="A181" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B181" s="7">
+        <v>23</v>
+      </c>
+      <c r="C181" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D181" s="7">
+        <v>8</v>
+      </c>
+      <c r="E181" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F181" s="7">
         <v>7</v>
       </c>
-      <c r="B181" t="s" s="5">
-[...12 lines deleted...]
-        <v>12</v>
+      <c r="G181" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H181" s="7">
+        <v>1</v>
+      </c>
+      <c r="I181" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J181" s="7">
+        <v>79</v>
+      </c>
+      <c r="K181" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B182" s="7">
+        <v>21</v>
+      </c>
+      <c r="C182" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D182" s="7">
         <v>13</v>
       </c>
-      <c r="B182" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="E182" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F182" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G182" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H182" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="I182" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J182" s="7">
-        <v>195</v>
+        <v>99</v>
       </c>
       <c r="K182" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s" s="6">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B183" s="7">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C183" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D183" s="7">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E183" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F183" s="7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G183" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H183" s="7">
         <v>1</v>
       </c>
       <c r="I183" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J183" s="7">
-        <v>79</v>
+        <v>93</v>
       </c>
       <c r="K183" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s" s="6">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="B184" s="7">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C184" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D184" s="7">
         <v>13</v>
       </c>
       <c r="E184" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F184" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G184" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H184" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I184" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J184" s="7">
-        <v>99</v>
+        <v>130</v>
       </c>
       <c r="K184" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s" s="6">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B185" s="7">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D185" s="7">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F185" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H185" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I185" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J185" s="7">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="K185" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s" s="6">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B186" s="7">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D186" s="7">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F186" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H186" s="7">
         <v>1</v>
       </c>
       <c r="I186" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J186" s="7">
-        <v>130</v>
+        <v>69</v>
       </c>
       <c r="K186" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s" s="6">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B187" s="7">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="C187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D187" s="7">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="E187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F187" s="7">
+        <v>1</v>
+      </c>
+      <c r="G187" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H187" s="7">
         <v>3</v>
       </c>
-      <c r="G187" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I187" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J187" s="7">
-        <v>62</v>
+        <v>410</v>
       </c>
       <c r="K187" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s" s="6">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="B188" s="7">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D188" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F188" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H188" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I188" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J188" s="7">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="K188" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s" s="6">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B189" s="7">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="C189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D189" s="7">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="E189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F189" s="7">
         <v>1</v>
       </c>
       <c r="G189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H189" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="I189" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J189" s="7">
-        <v>410</v>
+        <v>42</v>
       </c>
       <c r="K189" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s" s="6">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B190" s="7">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="C190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D190" s="7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F190" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H190" s="7">
         <v/>
       </c>
       <c r="I190" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J190" s="7">
-        <v>130</v>
+        <v>42</v>
       </c>
       <c r="K190" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s" s="6">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B191" s="7">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D191" s="7">
         <v>7</v>
       </c>
       <c r="E191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F191" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H191" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I191" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J191" s="7">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="K191" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s" s="6">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B192" s="7">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="C192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D192" s="7">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="E192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F192" s="7">
         <v>1</v>
       </c>
       <c r="G192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H192" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I192" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J192" s="7">
-        <v>42</v>
+        <v>361</v>
       </c>
       <c r="K192" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s" s="6">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B193" s="7">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="C193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D193" s="7">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="E193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F193" s="7">
         <v>3</v>
       </c>
       <c r="G193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H193" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I193" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J193" s="7">
-        <v>79</v>
+        <v>194</v>
       </c>
       <c r="K193" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s" s="6">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B194" s="7">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="C194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D194" s="7">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="E194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F194" s="7">
         <v>1</v>
       </c>
       <c r="G194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H194" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I194" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J194" s="7">
-        <v>361</v>
+        <v>216</v>
       </c>
       <c r="K194" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s" s="6">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B195" s="7">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="C195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D195" s="7">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F195" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H195" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I195" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J195" s="7">
-        <v>194</v>
+        <v>97</v>
       </c>
       <c r="K195" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s" s="6">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B196" s="7">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="C196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D196" s="7">
-        <v>10</v>
+        <v>44</v>
       </c>
       <c r="E196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F196" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H196" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I196" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J196" s="7">
-        <v>216</v>
+        <v>820</v>
       </c>
       <c r="K196" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s" s="6">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B197" s="7">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="C197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D197" s="7">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F197" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H197" s="7">
         <v>1</v>
       </c>
       <c r="I197" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J197" s="7">
-        <v>97</v>
+        <v>431</v>
       </c>
       <c r="K197" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s" s="6">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B198" s="7">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="C198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D198" s="7">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="E198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F198" s="7">
-        <v>4</v>
+        <v/>
       </c>
       <c r="G198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H198" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I198" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J198" s="7">
-        <v>820</v>
+        <v>294</v>
       </c>
       <c r="K198" t="s" s="6">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s" s="6">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B199" s="7">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="C199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D199" s="7">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="E199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F199" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H199" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I199" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J199" s="7">
-        <v>431</v>
+        <v>82</v>
       </c>
       <c r="K199" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s" s="6">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B200" s="7">
+        <v>147</v>
+      </c>
+      <c r="C200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D200" s="7">
+        <v>44</v>
+      </c>
+      <c r="E200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F200" s="7">
+        <v>19</v>
+      </c>
+      <c r="G200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H200" s="7">
+        <v>12</v>
+      </c>
+      <c r="I200" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J200" s="7">
+        <v>767</v>
+      </c>
+      <c r="K200" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="C200" t="s" s="6">
-[...49 lines deleted...]
-      <c r="H201" s="7">
+      <c r="B201" s="9">
+        <v>784</v>
+      </c>
+      <c r="C201" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D201" s="9">
+        <v>380</v>
+      </c>
+      <c r="E201" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F201" s="9">
+        <v>62</v>
+      </c>
+      <c r="G201" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H201" s="9">
+        <v>36</v>
+      </c>
+      <c r="I201" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J201" s="9">
+        <v>4692</v>
+      </c>
+      <c r="K201" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" t="s" s="2">
         <v>2</v>
       </c>
-      <c r="I201" t="s" s="6">
-[...82 lines deleted...]
-      </c>
     </row>
     <row r="208" spans="1:11">
-      <c r="A208" t="s" s="1">
-        <v>0</v>
+      <c r="A208" t="s" s="2">
+        <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:11">
-      <c r="A209" t="s" s="2">
-        <v>1</v>
+      <c r="A209" t="s" s="3">
+        <v>4</v>
       </c>
     </row>
     <row r="210" spans="1:11">
-      <c r="A210" t="s" s="2">
-        <v>2</v>
+      <c r="A210" t="s" s="4">
+        <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:11">
-      <c r="A211" t="s" s="2">
-        <v>3</v>
+      <c r="A211" t="s" s="3">
+        <v>4</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s" s="3">
-        <v>4</v>
+        <v>41</v>
       </c>
     </row>
     <row r="213" spans="1:11">
-      <c r="A213" t="s" s="4">
-        <v>5</v>
+      <c r="A213" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B213" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D213" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F213" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H213" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J213" t="s" s="5">
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:11">
-      <c r="A214" t="s" s="3">
-        <v>4</v>
+      <c r="A214" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B214" s="7">
+        <v>54</v>
+      </c>
+      <c r="C214" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D214" s="7">
+        <v>32</v>
+      </c>
+      <c r="E214" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F214" s="7">
+        <v>8</v>
+      </c>
+      <c r="G214" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H214" s="7">
+        <v/>
+      </c>
+      <c r="I214" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J214" s="7">
+        <v>193</v>
+      </c>
+      <c r="K214" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="215" spans="1:11">
-      <c r="A215" t="s" s="3">
-        <v>43</v>
+      <c r="A215" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B215" s="7">
+        <v>23</v>
+      </c>
+      <c r="C215" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D215" s="7">
+        <v>8</v>
+      </c>
+      <c r="E215" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F215" s="7">
+        <v>7</v>
+      </c>
+      <c r="G215" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H215" s="7">
+        <v>1</v>
+      </c>
+      <c r="I215" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J215" s="7">
+        <v>80</v>
+      </c>
+      <c r="K215" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="216" spans="1:11">
-      <c r="A216" t="s" s="5">
-[...15 lines deleted...]
-        <v>12</v>
+      <c r="A216" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B216" s="7">
+        <v>20</v>
+      </c>
+      <c r="C216" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D216" s="7">
+        <v>14</v>
+      </c>
+      <c r="E216" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F216" s="7">
+        <v>1</v>
+      </c>
+      <c r="G216" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H216" s="7">
+        <v>3</v>
+      </c>
+      <c r="I216" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J216" s="7">
+        <v>98</v>
+      </c>
+      <c r="K216" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s" s="6">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B217" s="7">
-        <v>54</v>
+        <v>21</v>
       </c>
       <c r="C217" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D217" s="7">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="E217" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F217" s="7">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G217" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H217" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I217" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J217" s="7">
-        <v>193</v>
+        <v>93</v>
       </c>
       <c r="K217" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s" s="6">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B218" s="7">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C218" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D218" s="7">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E218" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F218" s="7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G218" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H218" s="7">
         <v>1</v>
       </c>
       <c r="I218" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J218" s="7">
-        <v>80</v>
+        <v>131</v>
       </c>
       <c r="K218" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s" s="6">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B219" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C219" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D219" s="7">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E219" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F219" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G219" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H219" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="I219" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J219" s="7">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="K219" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s" s="6">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B220" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C220" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D220" s="7">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E220" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F220" s="7">
         <v>1</v>
       </c>
       <c r="G220" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H220" s="7">
         <v>1</v>
       </c>
       <c r="I220" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J220" s="7">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="K220" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s" s="6">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B221" s="7">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="C221" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D221" s="7">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E221" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F221" s="7">
+        <v>1</v>
+      </c>
+      <c r="G221" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H221" s="7">
         <v>3</v>
       </c>
-      <c r="G221" t="s" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I221" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J221" s="7">
-        <v>131</v>
+        <v>406</v>
       </c>
       <c r="K221" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s" s="6">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B222" s="7">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="C222" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D222" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E222" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F222" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G222" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H222" s="7">
         <v/>
       </c>
       <c r="I222" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J222" s="7">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="K222" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s" s="6">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B223" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C223" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D223" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E223" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F223" s="7">
         <v>1</v>
       </c>
       <c r="G223" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H223" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I223" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J223" s="7">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="K223" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s" s="6">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B224" s="7">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="C224" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D224" s="7">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="E224" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F224" s="7">
         <v>1</v>
       </c>
       <c r="G224" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H224" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="I224" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J224" s="7">
-        <v>406</v>
+        <v>42</v>
       </c>
       <c r="K224" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s" s="6">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B225" s="7">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="C225" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D225" s="7">
         <v>7</v>
       </c>
       <c r="E225" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F225" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="G225" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H225" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I225" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J225" s="7">
-        <v>133</v>
+        <v>79</v>
       </c>
       <c r="K225" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B226" s="7">
+        <v>35</v>
+      </c>
+      <c r="C226" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D226" s="7">
         <v>23</v>
       </c>
-      <c r="B226" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="E226" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F226" s="7">
         <v>1</v>
       </c>
       <c r="G226" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H226" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="I226" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J226" s="7">
-        <v>42</v>
+        <v>363</v>
       </c>
       <c r="K226" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s" s="6">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B227" s="7">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C227" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D227" s="7">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="E227" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F227" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G227" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H227" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I227" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J227" s="7">
-        <v>42</v>
+        <v>193</v>
       </c>
       <c r="K227" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s" s="6">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B228" s="7">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C228" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D228" s="7">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E228" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F228" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G228" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H228" s="7">
         <v>1</v>
       </c>
       <c r="I228" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J228" s="7">
-        <v>79</v>
+        <v>218</v>
       </c>
       <c r="K228" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s" s="6">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B229" s="7">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="C229" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D229" s="7">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="E229" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F229" s="7">
         <v>1</v>
       </c>
       <c r="G229" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H229" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I229" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J229" s="7">
-        <v>363</v>
+        <v>97</v>
       </c>
       <c r="K229" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s" s="6">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B230" s="7">
-        <v>48</v>
+        <v>91</v>
       </c>
       <c r="C230" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D230" s="7">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="E230" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F230" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G230" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H230" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I230" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J230" s="7">
-        <v>193</v>
+        <v>826</v>
       </c>
       <c r="K230" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s" s="6">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B231" s="7">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="C231" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D231" s="7">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="E231" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F231" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G231" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H231" s="7">
         <v>1</v>
       </c>
       <c r="I231" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J231" s="7">
-        <v>218</v>
+        <v>431</v>
       </c>
       <c r="K231" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s" s="6">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B232" s="7">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="C232" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D232" s="7">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="E232" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F232" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G232" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H232" s="7">
         <v>1</v>
       </c>
       <c r="I232" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J232" s="7">
-        <v>97</v>
+        <v>294</v>
       </c>
       <c r="K232" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s" s="6">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B233" s="7">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="C233" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D233" s="7">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="E233" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F233" s="7">
-        <v>4</v>
+        <v/>
       </c>
       <c r="G233" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H233" s="7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I233" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J233" s="7">
-        <v>826</v>
+        <v>77</v>
       </c>
       <c r="K233" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s" s="6">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B234" s="7">
-        <v>63</v>
+        <v>147</v>
       </c>
       <c r="C234" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D234" s="7">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E234" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F234" s="7">
+        <v>19</v>
+      </c>
+      <c r="G234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H234" s="7">
+        <v>12</v>
+      </c>
+      <c r="I234" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J234" s="7">
+        <v>760</v>
+      </c>
+      <c r="K234" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B235" s="9">
+        <v>783</v>
+      </c>
+      <c r="C235" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D235" s="9">
+        <v>382</v>
+      </c>
+      <c r="E235" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F235" s="9">
+        <v>62</v>
+      </c>
+      <c r="G235" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H235" s="9">
+        <v>38</v>
+      </c>
+      <c r="I235" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J235" s="9">
+        <v>4685</v>
+      </c>
+      <c r="K235" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="G234" t="s" s="6">
-[...16 lines deleted...]
-      <c r="A235" t="s" s="6">
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" t="s" s="3">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B247" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D247" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F247" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H247" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J247" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B248" s="7">
+        <v>54</v>
+      </c>
+      <c r="C248" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D248" s="7">
         <v>32</v>
       </c>
-      <c r="B235" s="7">
-[...5 lines deleted...]
-      <c r="D235" s="7">
+      <c r="E248" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F248" s="7">
+        <v>8</v>
+      </c>
+      <c r="G248" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H248" s="7">
+        <v/>
+      </c>
+      <c r="I248" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J248" s="7">
+        <v>193</v>
+      </c>
+      <c r="K248" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B249" s="7">
+        <v>23</v>
+      </c>
+      <c r="C249" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D249" s="7">
+        <v>8</v>
+      </c>
+      <c r="E249" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F249" s="7">
+        <v>7</v>
+      </c>
+      <c r="G249" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H249" s="7">
+        <v>1</v>
+      </c>
+      <c r="I249" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J249" s="7">
+        <v>80</v>
+      </c>
+      <c r="K249" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" t="s" s="6">
         <v>16</v>
       </c>
-      <c r="E235" t="s" s="6">
-[...25 lines deleted...]
-      <c r="B236" s="7">
+      <c r="B250" s="7">
+        <v>19</v>
+      </c>
+      <c r="C250" t="s" s="6">
+        <v>43</v>
+      </c>
+      <c r="D250" s="7">
+        <v>14</v>
+      </c>
+      <c r="E250" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F250" s="7">
+        <v>1</v>
+      </c>
+      <c r="G250" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H250" s="7">
+        <v>3</v>
+      </c>
+      <c r="I250" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J250" s="7">
+        <v>98</v>
+      </c>
+      <c r="K250" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" t="s" s="6">
         <v>17</v>
       </c>
-      <c r="C236" t="s" s="6">
-[...159 lines deleted...]
-        <v>12</v>
+      <c r="B251" s="7">
+        <v>21</v>
+      </c>
+      <c r="C251" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D251" s="7">
+        <v>16</v>
+      </c>
+      <c r="E251" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F251" s="7">
+        <v>1</v>
+      </c>
+      <c r="G251" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H251" s="7">
+        <v>1</v>
+      </c>
+      <c r="I251" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J251" s="7">
+        <v>93</v>
+      </c>
+      <c r="K251" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B252" s="7">
+        <v>24</v>
+      </c>
+      <c r="C252" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D252" s="7">
         <v>13</v>
       </c>
-      <c r="B252" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="E252" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F252" s="7">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G252" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H252" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I252" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J252" s="7">
-        <v>193</v>
+        <v>131</v>
       </c>
       <c r="K252" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s" s="6">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B253" s="7">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C253" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D253" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E253" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F253" s="7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G253" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H253" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I253" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J253" s="7">
-        <v>80</v>
+        <v>61</v>
       </c>
       <c r="K253" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s" s="6">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B254" s="7">
         <v>20</v>
       </c>
       <c r="C254" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D254" s="7">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E254" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F254" s="7">
         <v>1</v>
       </c>
       <c r="G254" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H254" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I254" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J254" s="7">
-        <v>98</v>
+        <v>69</v>
       </c>
       <c r="K254" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s" s="6">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B255" s="7">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="C255" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D255" s="7">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="E255" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F255" s="7">
         <v>1</v>
       </c>
       <c r="G255" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H255" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I255" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J255" s="7">
-        <v>93</v>
+        <v>406</v>
       </c>
       <c r="K255" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s" s="6">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B256" s="7">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D256" s="7">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F256" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H256" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I256" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J256" s="7">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K256" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s" s="6">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B257" s="7">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D257" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F257" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H257" s="7">
         <v/>
       </c>
       <c r="I257" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J257" s="7">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="K257" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s" s="6">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B258" s="7">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C258" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D258" s="7">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E258" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F258" s="7">
         <v>1</v>
       </c>
       <c r="G258" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H258" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I258" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J258" s="7">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="K258" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s" s="6">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B259" s="7">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="C259" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D259" s="7">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="E259" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F259" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G259" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H259" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I259" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J259" s="7">
-        <v>406</v>
+        <v>82</v>
       </c>
       <c r="K259" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s" s="6">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B260" s="7">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="C260" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D260" s="7">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="E260" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F260" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G260" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H260" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="I260" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J260" s="7">
-        <v>132</v>
+        <v>363</v>
       </c>
       <c r="K260" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s" s="6">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B261" s="7">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C261" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D261" s="7">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E261" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F261" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G261" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H261" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I261" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J261" s="7">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="K261" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s" s="6">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B262" s="7">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C262" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D262" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E262" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F262" s="7">
         <v>1</v>
       </c>
       <c r="G262" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H262" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I262" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J262" s="7">
-        <v>42</v>
+        <v>217</v>
       </c>
       <c r="K262" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s" s="6">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B263" s="7">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C263" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D263" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E263" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F263" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G263" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H263" s="7">
         <v>1</v>
       </c>
       <c r="I263" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J263" s="7">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="K263" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s" s="6">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B264" s="7">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="C264" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D264" s="7">
-        <v>23</v>
+        <v>44</v>
       </c>
       <c r="E264" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F264" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G264" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H264" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I264" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J264" s="7">
-        <v>363</v>
+        <v>828</v>
       </c>
       <c r="K264" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s" s="6">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B265" s="7">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C265" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D265" s="7">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="E265" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F265" s="7">
         <v>3</v>
       </c>
       <c r="G265" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H265" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I265" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J265" s="7">
-        <v>194</v>
+        <v>431</v>
       </c>
       <c r="K265" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s" s="6">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B266" s="7">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="C266" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D266" s="7">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E266" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F266" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G266" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H266" s="7">
         <v>1</v>
       </c>
       <c r="I266" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J266" s="7">
-        <v>217</v>
+        <v>296</v>
       </c>
       <c r="K266" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s" s="6">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B267" s="7">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C267" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D267" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E267" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F267" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G267" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H267" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I267" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J267" s="7">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="K267" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s" s="6">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B268" s="7">
-        <v>91</v>
+        <v>147</v>
       </c>
       <c r="C268" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D268" s="7">
         <v>44</v>
       </c>
       <c r="E268" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F268" s="7">
+        <v>19</v>
+      </c>
+      <c r="G268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H268" s="7">
+        <v>12</v>
+      </c>
+      <c r="I268" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J268" s="7">
+        <v>760</v>
+      </c>
+      <c r="K268" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B269" s="9">
+        <v>783</v>
+      </c>
+      <c r="C269" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D269" s="9">
+        <v>382</v>
+      </c>
+      <c r="E269" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F269" s="9">
+        <v>62</v>
+      </c>
+      <c r="G269" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H269" s="9">
+        <v>37</v>
+      </c>
+      <c r="I269" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J269" s="9">
+        <v>4692</v>
+      </c>
+      <c r="K269" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" t="s" s="3">
         <v>4</v>
       </c>
-      <c r="G268" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H268" s="7">
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" t="s" s="3">
         <v>4</v>
       </c>
-      <c r="I268" t="s" s="6">
-[...25 lines deleted...]
-      <c r="F269" s="7">
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s" s="3">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B282" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D282" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F282" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H282" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J282" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B283" s="7">
+        <v>54</v>
+      </c>
+      <c r="C283" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D283" s="7">
+        <v>32</v>
+      </c>
+      <c r="E283" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F283" s="7">
+        <v>8</v>
+      </c>
+      <c r="G283" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H283" s="7">
+        <v/>
+      </c>
+      <c r="I283" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J283" s="7">
+        <v>190</v>
+      </c>
+      <c r="K283" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B284" s="7">
+        <v>23</v>
+      </c>
+      <c r="C284" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D284" s="7">
+        <v>8</v>
+      </c>
+      <c r="E284" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F284" s="7">
+        <v>7</v>
+      </c>
+      <c r="G284" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H284" s="7">
+        <v>1</v>
+      </c>
+      <c r="I284" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J284" s="7">
+        <v>80</v>
+      </c>
+      <c r="K284" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B285" s="7">
+        <v>19</v>
+      </c>
+      <c r="C285" t="s" s="6">
+        <v>43</v>
+      </c>
+      <c r="D285" s="7">
+        <v>14</v>
+      </c>
+      <c r="E285" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F285" s="7">
+        <v>1</v>
+      </c>
+      <c r="G285" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H285" s="7">
         <v>3</v>
       </c>
-      <c r="G269" t="s" s="6">
-[...54 lines deleted...]
-      <c r="B271" s="7">
+      <c r="I285" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J285" s="7">
+        <v>99</v>
+      </c>
+      <c r="K285" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" t="s" s="6">
         <v>17</v>
       </c>
-      <c r="C271" t="s" s="6">
-[...159 lines deleted...]
-        <v>12</v>
+      <c r="B286" s="7">
+        <v>21</v>
+      </c>
+      <c r="C286" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D286" s="7">
+        <v>15</v>
+      </c>
+      <c r="E286" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F286" s="7">
+        <v>1</v>
+      </c>
+      <c r="G286" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H286" s="7">
+        <v>1</v>
+      </c>
+      <c r="I286" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J286" s="7">
+        <v>98</v>
+      </c>
+      <c r="K286" t="s" s="6">
+        <v>14</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B287" s="7">
+        <v>24</v>
+      </c>
+      <c r="C287" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D287" s="7">
         <v>13</v>
       </c>
-      <c r="B287" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="E287" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F287" s="7">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G287" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H287" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I287" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J287" s="7">
-        <v>190</v>
+        <v>131</v>
       </c>
       <c r="K287" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s" s="6">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B288" s="7">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C288" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D288" s="7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E288" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F288" s="7">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G288" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H288" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I288" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J288" s="7">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="K288" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s" s="6">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B289" s="7">
         <v>20</v>
       </c>
       <c r="C289" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D289" s="7">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E289" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F289" s="7">
         <v>1</v>
       </c>
       <c r="G289" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H289" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I289" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J289" s="7">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="K289" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s" s="6">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B290" s="7">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="C290" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D290" s="7">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="E290" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F290" s="7">
         <v>1</v>
       </c>
       <c r="G290" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H290" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I290" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J290" s="7">
-        <v>98</v>
+        <v>418</v>
       </c>
       <c r="K290" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s" s="6">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B291" s="7">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D291" s="7">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F291" s="7">
-        <v>3</v>
+        <v/>
       </c>
       <c r="G291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H291" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I291" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J291" s="7">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="K291" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s" s="6">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B292" s="7">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D292" s="7">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="E292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F292" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H292" s="7">
         <v/>
       </c>
       <c r="I292" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J292" s="7">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="K292" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s" s="6">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B293" s="7">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C293" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D293" s="7">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E293" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F293" s="7">
         <v>1</v>
       </c>
       <c r="G293" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H293" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="I293" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J293" s="7">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="K293" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s" s="6">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B294" s="7">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="C294" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D294" s="7">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="E294" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F294" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G294" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H294" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I294" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J294" s="7">
-        <v>418</v>
+        <v>82</v>
       </c>
       <c r="K294" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B295" s="7">
+        <v>33</v>
+      </c>
+      <c r="C295" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D295" s="7">
         <v>22</v>
       </c>
-      <c r="B295" s="7">
-[...7 lines deleted...]
-      </c>
       <c r="E295" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F295" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="G295" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H295" s="7">
-        <v/>
+        <v>3</v>
       </c>
       <c r="I295" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J295" s="7">
-        <v>98</v>
+        <v>365</v>
       </c>
       <c r="K295" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s" s="6">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B296" s="7">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="C296" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D296" s="7">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="E296" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F296" s="7">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G296" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H296" s="7">
-        <v/>
+        <v>2</v>
       </c>
       <c r="I296" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J296" s="7">
-        <v>42</v>
+        <v>195</v>
       </c>
       <c r="K296" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s" s="6">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B297" s="7">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C297" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D297" s="7">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E297" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F297" s="7">
         <v>1</v>
       </c>
       <c r="G297" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H297" s="7">
-        <v/>
+        <v>1</v>
       </c>
       <c r="I297" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J297" s="7">
-        <v>42</v>
+        <v>228</v>
       </c>
       <c r="K297" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s" s="6">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B298" s="7">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C298" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D298" s="7">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E298" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F298" s="7">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G298" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H298" s="7">
         <v>1</v>
       </c>
       <c r="I298" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J298" s="7">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="K298" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s" s="6">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B299" s="7">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="C299" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D299" s="7">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="E299" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F299" s="7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G299" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H299" s="7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I299" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J299" s="7">
-        <v>365</v>
+        <v>886</v>
       </c>
       <c r="K299" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s" s="6">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B300" s="7">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C300" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D300" s="7">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="E300" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F300" s="7">
         <v>3</v>
       </c>
       <c r="G300" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H300" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I300" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J300" s="7">
-        <v>195</v>
+        <v>473</v>
       </c>
       <c r="K300" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s" s="6">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B301" s="7">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="C301" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D301" s="7">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E301" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F301" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G301" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H301" s="7">
         <v>1</v>
       </c>
       <c r="I301" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J301" s="7">
-        <v>228</v>
+        <v>314</v>
       </c>
       <c r="K301" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s" s="6">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B302" s="7">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C302" t="s" s="6">
         <v>14</v>
       </c>
       <c r="D302" s="7">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E302" t="s" s="6">
         <v>14</v>
       </c>
       <c r="F302" s="7">
-        <v>1</v>
+        <v/>
       </c>
       <c r="G302" t="s" s="6">
         <v>14</v>
       </c>
       <c r="H302" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I302" t="s" s="6">
         <v>14</v>
       </c>
       <c r="J302" s="7">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="K302" t="s" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B303" s="7">
+        <v>145</v>
+      </c>
+      <c r="C303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D303" s="7">
+        <v>41</v>
+      </c>
+      <c r="E303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F303" s="7">
+        <v>19</v>
+      </c>
+      <c r="G303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H303" s="7">
+        <v>12</v>
+      </c>
+      <c r="I303" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J303" s="7">
+        <v>755</v>
+      </c>
+      <c r="K303" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B304" s="9">
+        <v>777</v>
+      </c>
+      <c r="C304" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D304" s="9">
+        <v>376</v>
+      </c>
+      <c r="E304" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F304" s="9">
+        <v>62</v>
+      </c>
+      <c r="G304" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H304" s="9">
+        <v>37</v>
+      </c>
+      <c r="I304" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J304" s="9">
+        <v>4798</v>
+      </c>
+      <c r="K304" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11">
+      <c r="A313" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11">
+      <c r="A315" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11">
+      <c r="A316" t="s" s="3">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B317" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D317" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F317" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H317" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J317" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B318" s="7">
+        <v>54</v>
+      </c>
+      <c r="C318" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D318" s="7">
+        <v>32</v>
+      </c>
+      <c r="E318" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F318" s="7">
+        <v>8</v>
+      </c>
+      <c r="G318" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H318" s="7">
+        <v/>
+      </c>
+      <c r="I318" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J318" s="7">
+        <v>190</v>
+      </c>
+      <c r="K318" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B319" s="7">
+        <v>23</v>
+      </c>
+      <c r="C319" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D319" s="7">
+        <v>8</v>
+      </c>
+      <c r="E319" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F319" s="7">
+        <v>7</v>
+      </c>
+      <c r="G319" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H319" s="7">
+        <v>1</v>
+      </c>
+      <c r="I319" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J319" s="7">
+        <v>80</v>
+      </c>
+      <c r="K319" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B320" s="7">
+        <v>19</v>
+      </c>
+      <c r="C320" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D320" s="7">
+        <v>14</v>
+      </c>
+      <c r="E320" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F320" s="7">
+        <v>1</v>
+      </c>
+      <c r="G320" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H320" s="7">
+        <v>4</v>
+      </c>
+      <c r="I320" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J320" s="7">
+        <v>98</v>
+      </c>
+      <c r="K320" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B321" s="7">
+        <v>21</v>
+      </c>
+      <c r="C321" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D321" s="7">
+        <v>15</v>
+      </c>
+      <c r="E321" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F321" s="7">
+        <v>1</v>
+      </c>
+      <c r="G321" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H321" s="7">
+        <v>1</v>
+      </c>
+      <c r="I321" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J321" s="7">
+        <v>97</v>
+      </c>
+      <c r="K321" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B322" s="7">
+        <v>24</v>
+      </c>
+      <c r="C322" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D322" s="7">
+        <v>13</v>
+      </c>
+      <c r="E322" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F322" s="7">
+        <v>3</v>
+      </c>
+      <c r="G322" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H322" s="7">
+        <v>1</v>
+      </c>
+      <c r="I322" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J322" s="7">
+        <v>130</v>
+      </c>
+      <c r="K322" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B323" s="7">
+        <v>20</v>
+      </c>
+      <c r="C323" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D323" s="7">
+        <v>10</v>
+      </c>
+      <c r="E323" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F323" s="7">
+        <v>3</v>
+      </c>
+      <c r="G323" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H323" s="7">
+        <v/>
+      </c>
+      <c r="I323" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J323" s="7">
+        <v>60</v>
+      </c>
+      <c r="K323" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B324" s="7">
+        <v>20</v>
+      </c>
+      <c r="C324" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D324" s="7">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F324" s="7">
+        <v>1</v>
+      </c>
+      <c r="G324" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H324" s="7">
+        <v>1</v>
+      </c>
+      <c r="I324" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J324" s="7">
+        <v>69</v>
+      </c>
+      <c r="K324" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B325" s="7">
+        <v>60</v>
+      </c>
+      <c r="C325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D325" s="7">
+        <v>37</v>
+      </c>
+      <c r="E325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F325" s="7">
+        <v>1</v>
+      </c>
+      <c r="G325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H325" s="7">
+        <v>2</v>
+      </c>
+      <c r="I325" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J325" s="7">
+        <v>356</v>
+      </c>
+      <c r="K325" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B326" s="7">
+        <v>10</v>
+      </c>
+      <c r="C326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D326" s="7">
+        <v>7</v>
+      </c>
+      <c r="E326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F326" s="7">
+        <v/>
+      </c>
+      <c r="G326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H326" s="7">
+        <v/>
+      </c>
+      <c r="I326" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J326" s="7">
+        <v>62</v>
+      </c>
+      <c r="K326" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B327" s="7">
+        <v>18</v>
+      </c>
+      <c r="C327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D327" s="7">
+        <v>7</v>
+      </c>
+      <c r="E327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F327" s="7">
+        <v>1</v>
+      </c>
+      <c r="G327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H327" s="7">
+        <v/>
+      </c>
+      <c r="I327" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J327" s="7">
+        <v>42</v>
+      </c>
+      <c r="K327" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B328" s="7">
+        <v>15</v>
+      </c>
+      <c r="C328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D328" s="7">
+        <v>9</v>
+      </c>
+      <c r="E328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F328" s="7">
+        <v>1</v>
+      </c>
+      <c r="G328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H328" s="7">
+        <v/>
+      </c>
+      <c r="I328" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J328" s="7">
+        <v>42</v>
+      </c>
+      <c r="K328" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B329" s="7">
+        <v>17</v>
+      </c>
+      <c r="C329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D329" s="7">
+        <v>7</v>
+      </c>
+      <c r="E329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F329" s="7">
+        <v>3</v>
+      </c>
+      <c r="G329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H329" s="7">
+        <v>1</v>
+      </c>
+      <c r="I329" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J329" s="7">
+        <v>81</v>
+      </c>
+      <c r="K329" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B330" s="7">
+        <v>35</v>
+      </c>
+      <c r="C330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D330" s="7">
+        <v>20</v>
+      </c>
+      <c r="E330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F330" s="7">
+        <v>1</v>
+      </c>
+      <c r="G330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H330" s="7">
+        <v>3</v>
+      </c>
+      <c r="I330" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J330" s="7">
+        <v>275</v>
+      </c>
+      <c r="K330" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B331" s="7">
+        <v>48</v>
+      </c>
+      <c r="C331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D331" s="7">
+        <v>19</v>
+      </c>
+      <c r="E331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F331" s="7">
+        <v>3</v>
+      </c>
+      <c r="G331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H331" s="7">
+        <v>2</v>
+      </c>
+      <c r="I331" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J331" s="7">
+        <v>193</v>
+      </c>
+      <c r="K331" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B332" s="7">
+        <v>21</v>
+      </c>
+      <c r="C332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D332" s="7">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F332" s="7">
+        <v>1</v>
+      </c>
+      <c r="G332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H332" s="7">
+        <v>1</v>
+      </c>
+      <c r="I332" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J332" s="7">
+        <v>167</v>
+      </c>
+      <c r="K332" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B333" s="7">
+        <v>24</v>
+      </c>
+      <c r="C333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D333" s="7">
+        <v>7</v>
+      </c>
+      <c r="E333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F333" s="7">
+        <v>1</v>
+      </c>
+      <c r="G333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H333" s="7">
+        <v>1</v>
+      </c>
+      <c r="I333" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J333" s="7">
+        <v>98</v>
+      </c>
+      <c r="K333" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" t="s" s="6">
         <v>30</v>
       </c>
-      <c r="B303" s="7">
-[...5 lines deleted...]
-      <c r="D303" s="7">
+      <c r="B334" s="7">
+        <v>92</v>
+      </c>
+      <c r="C334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D334" s="7">
+        <v>43</v>
+      </c>
+      <c r="E334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F334" s="7">
+        <v>4</v>
+      </c>
+      <c r="G334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H334" s="7">
+        <v>4</v>
+      </c>
+      <c r="I334" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J334" s="7">
+        <v>662</v>
+      </c>
+      <c r="K334" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B335" s="7">
+        <v>62</v>
+      </c>
+      <c r="C335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D335" s="7">
+        <v>38</v>
+      </c>
+      <c r="E335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F335" s="7">
+        <v>3</v>
+      </c>
+      <c r="G335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H335" s="7">
+        <v>1</v>
+      </c>
+      <c r="I335" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J335" s="7">
+        <v>373</v>
+      </c>
+      <c r="K335" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B336" s="7">
+        <v>36</v>
+      </c>
+      <c r="C336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D336" s="7">
+        <v>16</v>
+      </c>
+      <c r="E336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F336" s="7">
+        <v/>
+      </c>
+      <c r="G336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H336" s="7">
+        <v>1</v>
+      </c>
+      <c r="I336" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J336" s="7">
+        <v>256</v>
+      </c>
+      <c r="K336" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B337" s="7">
+        <v>17</v>
+      </c>
+      <c r="C337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D337" s="7">
+        <v>9</v>
+      </c>
+      <c r="E337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F337" s="7">
+        <v/>
+      </c>
+      <c r="G337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H337" s="7">
+        <v>2</v>
+      </c>
+      <c r="I337" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J337" s="7">
+        <v>76</v>
+      </c>
+      <c r="K337" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B338" s="7">
+        <v>149</v>
+      </c>
+      <c r="C338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D338" s="7">
+        <v>40</v>
+      </c>
+      <c r="E338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F338" s="7">
+        <v>19</v>
+      </c>
+      <c r="G338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H338" s="7">
+        <v>12</v>
+      </c>
+      <c r="I338" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J338" s="7">
+        <v>754</v>
+      </c>
+      <c r="K338" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B339" s="9">
+        <v>785</v>
+      </c>
+      <c r="C339" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D339" s="9">
+        <v>371</v>
+      </c>
+      <c r="E339" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F339" s="9">
+        <v>62</v>
+      </c>
+      <c r="G339" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H339" s="9">
+        <v>38</v>
+      </c>
+      <c r="I339" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J339" s="9">
+        <v>4161</v>
+      </c>
+      <c r="K339" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" t="s">
         <v>44</v>
       </c>
-      <c r="E303" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F303" s="7">
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" t="s" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" t="s" s="3">
         <v>4</v>
       </c>
-      <c r="G303" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H303" s="7">
+    </row>
+    <row r="349" spans="1:11">
+      <c r="A349" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11">
+      <c r="A350" t="s" s="3">
         <v>4</v>
       </c>
-      <c r="I303" t="s" s="6">
-[...10 lines deleted...]
-      <c r="A304" t="s" s="6">
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" t="s" s="3">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B352" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D352" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F352" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H352" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J352" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B353" s="7">
+        <v>54</v>
+      </c>
+      <c r="C353" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D353" s="7">
+        <v>32</v>
+      </c>
+      <c r="E353" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F353" s="7">
+        <v>8</v>
+      </c>
+      <c r="G353" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H353" s="7">
+        <v/>
+      </c>
+      <c r="I353" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J353" s="7">
+        <v>191</v>
+      </c>
+      <c r="K353" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B354" s="7">
+        <v>23</v>
+      </c>
+      <c r="C354" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D354" s="7">
+        <v>8</v>
+      </c>
+      <c r="E354" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F354" s="7">
+        <v>7</v>
+      </c>
+      <c r="G354" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H354" s="7">
+        <v>1</v>
+      </c>
+      <c r="I354" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J354" s="7">
+        <v>80</v>
+      </c>
+      <c r="K354" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B355" s="7">
+        <v>19</v>
+      </c>
+      <c r="C355" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D355" s="7">
+        <v>14</v>
+      </c>
+      <c r="E355" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F355" s="7">
+        <v>1</v>
+      </c>
+      <c r="G355" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H355" s="7">
+        <v>4</v>
+      </c>
+      <c r="I355" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J355" s="7">
+        <v>98</v>
+      </c>
+      <c r="K355" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B356" s="7">
+        <v>21</v>
+      </c>
+      <c r="C356" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D356" s="7">
+        <v>15</v>
+      </c>
+      <c r="E356" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F356" s="7">
+        <v>1</v>
+      </c>
+      <c r="G356" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H356" s="7">
+        <v>1</v>
+      </c>
+      <c r="I356" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J356" s="7">
+        <v>94</v>
+      </c>
+      <c r="K356" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B357" s="7">
+        <v>24</v>
+      </c>
+      <c r="C357" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D357" s="7">
+        <v>13</v>
+      </c>
+      <c r="E357" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F357" s="7">
+        <v>3</v>
+      </c>
+      <c r="G357" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H357" s="7">
+        <v>1</v>
+      </c>
+      <c r="I357" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J357" s="7">
+        <v>131</v>
+      </c>
+      <c r="K357" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B358" s="7">
+        <v>20</v>
+      </c>
+      <c r="C358" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D358" s="7">
+        <v>10</v>
+      </c>
+      <c r="E358" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F358" s="7">
+        <v>3</v>
+      </c>
+      <c r="G358" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H358" s="7">
+        <v/>
+      </c>
+      <c r="I358" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J358" s="7">
+        <v>60</v>
+      </c>
+      <c r="K358" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B359" s="7">
+        <v>20</v>
+      </c>
+      <c r="C359" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D359" s="7">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F359" s="7">
+        <v>1</v>
+      </c>
+      <c r="G359" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H359" s="7">
+        <v>1</v>
+      </c>
+      <c r="I359" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J359" s="7">
+        <v>69</v>
+      </c>
+      <c r="K359" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B360" s="7">
+        <v>60</v>
+      </c>
+      <c r="C360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D360" s="7">
+        <v>35</v>
+      </c>
+      <c r="E360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F360" s="7">
+        <v>1</v>
+      </c>
+      <c r="G360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H360" s="7">
+        <v>2</v>
+      </c>
+      <c r="I360" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J360" s="7">
+        <v>341</v>
+      </c>
+      <c r="K360" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B361" s="7">
+        <v>10</v>
+      </c>
+      <c r="C361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D361" s="7">
+        <v>7</v>
+      </c>
+      <c r="E361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F361" s="7">
+        <v/>
+      </c>
+      <c r="G361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H361" s="7">
+        <v/>
+      </c>
+      <c r="I361" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J361" s="7">
+        <v>56</v>
+      </c>
+      <c r="K361" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B362" s="7">
+        <v>18</v>
+      </c>
+      <c r="C362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D362" s="7">
+        <v>7</v>
+      </c>
+      <c r="E362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F362" s="7">
+        <v>1</v>
+      </c>
+      <c r="G362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H362" s="7">
+        <v/>
+      </c>
+      <c r="I362" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J362" s="7">
+        <v>42</v>
+      </c>
+      <c r="K362" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B363" s="7">
+        <v>15</v>
+      </c>
+      <c r="C363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D363" s="7">
+        <v>9</v>
+      </c>
+      <c r="E363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F363" s="7">
+        <v>1</v>
+      </c>
+      <c r="G363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H363" s="7">
+        <v/>
+      </c>
+      <c r="I363" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J363" s="7">
+        <v>41</v>
+      </c>
+      <c r="K363" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B364" s="7">
+        <v>17</v>
+      </c>
+      <c r="C364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D364" s="7">
+        <v>7</v>
+      </c>
+      <c r="E364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F364" s="7">
+        <v>3</v>
+      </c>
+      <c r="G364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H364" s="7">
+        <v>1</v>
+      </c>
+      <c r="I364" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J364" s="7">
+        <v>82</v>
+      </c>
+      <c r="K364" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B365" s="7">
+        <v>35</v>
+      </c>
+      <c r="C365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D365" s="7">
+        <v>20</v>
+      </c>
+      <c r="E365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F365" s="7">
+        <v>1</v>
+      </c>
+      <c r="G365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H365" s="7">
+        <v>3</v>
+      </c>
+      <c r="I365" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J365" s="7">
+        <v>244</v>
+      </c>
+      <c r="K365" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B366" s="7">
+        <v>48</v>
+      </c>
+      <c r="C366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D366" s="7">
+        <v>18</v>
+      </c>
+      <c r="E366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F366" s="7">
+        <v>3</v>
+      </c>
+      <c r="G366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H366" s="7">
+        <v>2</v>
+      </c>
+      <c r="I366" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J366" s="7">
+        <v>195</v>
+      </c>
+      <c r="K366" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B367" s="7">
+        <v>21</v>
+      </c>
+      <c r="C367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D367" s="7">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F367" s="7">
+        <v>1</v>
+      </c>
+      <c r="G367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H367" s="7">
+        <v>1</v>
+      </c>
+      <c r="I367" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J367" s="7">
+        <v>147</v>
+      </c>
+      <c r="K367" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B368" s="7">
+        <v>23</v>
+      </c>
+      <c r="C368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D368" s="7">
+        <v>7</v>
+      </c>
+      <c r="E368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F368" s="7">
+        <v>1</v>
+      </c>
+      <c r="G368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H368" s="7">
+        <v>1</v>
+      </c>
+      <c r="I368" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J368" s="7">
+        <v>98</v>
+      </c>
+      <c r="K368" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B369" s="7">
+        <v>92</v>
+      </c>
+      <c r="C369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D369" s="7">
+        <v>43</v>
+      </c>
+      <c r="E369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F369" s="7">
+        <v>4</v>
+      </c>
+      <c r="G369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H369" s="7">
+        <v>4</v>
+      </c>
+      <c r="I369" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J369" s="7">
+        <v>523</v>
+      </c>
+      <c r="K369" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" t="s" s="6">
         <v>31</v>
       </c>
-      <c r="B304" s="7">
-[...5 lines deleted...]
-      <c r="D304" s="7">
+      <c r="B370" s="7">
+        <v>62</v>
+      </c>
+      <c r="C370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D370" s="7">
+        <v>37</v>
+      </c>
+      <c r="E370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F370" s="7">
+        <v>3</v>
+      </c>
+      <c r="G370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H370" s="7">
+        <v>1</v>
+      </c>
+      <c r="I370" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J370" s="7">
+        <v>342</v>
+      </c>
+      <c r="K370" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B371" s="7">
+        <v>36</v>
+      </c>
+      <c r="C371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D371" s="7">
+        <v>16</v>
+      </c>
+      <c r="E371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F371" s="7">
+        <v/>
+      </c>
+      <c r="G371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H371" s="7">
+        <v>1</v>
+      </c>
+      <c r="I371" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J371" s="7">
+        <v>192</v>
+      </c>
+      <c r="K371" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" t="s" s="6">
+        <v>33</v>
+      </c>
+      <c r="B372" s="7">
+        <v>17</v>
+      </c>
+      <c r="C372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D372" s="7">
+        <v>9</v>
+      </c>
+      <c r="E372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F372" s="7">
+        <v/>
+      </c>
+      <c r="G372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H372" s="7">
+        <v>2</v>
+      </c>
+      <c r="I372" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J372" s="7">
+        <v>81</v>
+      </c>
+      <c r="K372" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" t="s" s="6">
+        <v>34</v>
+      </c>
+      <c r="B373" s="7">
+        <v>147</v>
+      </c>
+      <c r="C373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D373" s="7">
+        <v>40</v>
+      </c>
+      <c r="E373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F373" s="7">
+        <v>19</v>
+      </c>
+      <c r="G373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H373" s="7">
+        <v>12</v>
+      </c>
+      <c r="I373" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J373" s="7">
+        <v>758</v>
+      </c>
+      <c r="K373" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" t="s" s="8">
+        <v>35</v>
+      </c>
+      <c r="B374" s="9">
+        <v>782</v>
+      </c>
+      <c r="C374" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D374" s="9">
+        <v>367</v>
+      </c>
+      <c r="E374" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F374" s="9">
+        <v>62</v>
+      </c>
+      <c r="G374" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H374" s="9">
         <v>38</v>
       </c>
-      <c r="E304" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F304" s="7">
+      <c r="I374" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J374" s="9">
+        <v>3865</v>
+      </c>
+      <c r="K374" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" t="s" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" t="s" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" t="s" s="2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" t="s" s="2">
         <v>3</v>
       </c>
-      <c r="G304" t="s" s="6">
-[...16 lines deleted...]
-      <c r="A305" t="s" s="6">
+    </row>
+    <row r="383" spans="1:11">
+      <c r="A383" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11">
+      <c r="A384" t="s" s="4">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11">
+      <c r="A385" t="s" s="3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" t="s" s="3">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" t="s" s="5">
+        <v>7</v>
+      </c>
+      <c r="B387" t="s" s="5">
+        <v>8</v>
+      </c>
+      <c r="D387" t="s" s="5">
+        <v>9</v>
+      </c>
+      <c r="F387" t="s" s="5">
+        <v>10</v>
+      </c>
+      <c r="H387" t="s" s="5">
+        <v>11</v>
+      </c>
+      <c r="J387" t="s" s="5">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" t="s" s="6">
+        <v>13</v>
+      </c>
+      <c r="B388" s="7">
+        <v>59</v>
+      </c>
+      <c r="C388" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D388" s="7">
         <v>32</v>
       </c>
-      <c r="B305" s="7">
+      <c r="E388" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F388" s="7">
+        <v>8</v>
+      </c>
+      <c r="G388" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H388" s="7">
+        <v/>
+      </c>
+      <c r="I388" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J388" s="7">
+        <v>192</v>
+      </c>
+      <c r="K388" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" t="s" s="6">
+        <v>15</v>
+      </c>
+      <c r="B389" s="7">
+        <v>23</v>
+      </c>
+      <c r="C389" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D389" s="7">
+        <v>9</v>
+      </c>
+      <c r="E389" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F389" s="7">
+        <v>7</v>
+      </c>
+      <c r="G389" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H389" s="7">
+        <v>2</v>
+      </c>
+      <c r="I389" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J389" s="7">
+        <v>80</v>
+      </c>
+      <c r="K389" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" t="s" s="6">
+        <v>16</v>
+      </c>
+      <c r="B390" s="7">
+        <v>20</v>
+      </c>
+      <c r="C390" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D390" s="7">
+        <v>14</v>
+      </c>
+      <c r="E390" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F390" s="7">
+        <v>1</v>
+      </c>
+      <c r="G390" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H390" s="7">
+        <v>4</v>
+      </c>
+      <c r="I390" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J390" s="7">
+        <v>98</v>
+      </c>
+      <c r="K390" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" t="s" s="6">
+        <v>17</v>
+      </c>
+      <c r="B391" s="7">
+        <v>22</v>
+      </c>
+      <c r="C391" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D391" s="7">
+        <v>15</v>
+      </c>
+      <c r="E391" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F391" s="7">
+        <v>1</v>
+      </c>
+      <c r="G391" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H391" s="7">
+        <v>1</v>
+      </c>
+      <c r="I391" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J391" s="7">
+        <v>93</v>
+      </c>
+      <c r="K391" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" t="s" s="6">
+        <v>18</v>
+      </c>
+      <c r="B392" s="7">
+        <v>24</v>
+      </c>
+      <c r="C392" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D392" s="7">
+        <v>13</v>
+      </c>
+      <c r="E392" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F392" s="7">
+        <v>3</v>
+      </c>
+      <c r="G392" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H392" s="7">
+        <v>1</v>
+      </c>
+      <c r="I392" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J392" s="7">
+        <v>132</v>
+      </c>
+      <c r="K392" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" t="s" s="6">
+        <v>19</v>
+      </c>
+      <c r="B393" s="7">
+        <v>20</v>
+      </c>
+      <c r="C393" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D393" s="7">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F393" s="7">
+        <v>3</v>
+      </c>
+      <c r="G393" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H393" s="7">
+        <v/>
+      </c>
+      <c r="I393" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J393" s="7">
+        <v>60</v>
+      </c>
+      <c r="K393" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" t="s" s="6">
+        <v>20</v>
+      </c>
+      <c r="B394" s="7">
+        <v>20</v>
+      </c>
+      <c r="C394" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D394" s="7">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F394" s="7">
+        <v>1</v>
+      </c>
+      <c r="G394" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H394" s="7">
+        <v>1</v>
+      </c>
+      <c r="I394" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J394" s="7">
+        <v>69</v>
+      </c>
+      <c r="K394" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" t="s" s="6">
+        <v>21</v>
+      </c>
+      <c r="B395" s="7">
+        <v>61</v>
+      </c>
+      <c r="C395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D395" s="7">
+        <v>34</v>
+      </c>
+      <c r="E395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F395" s="7">
+        <v>1</v>
+      </c>
+      <c r="G395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H395" s="7">
+        <v>2</v>
+      </c>
+      <c r="I395" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J395" s="7">
+        <v>339</v>
+      </c>
+      <c r="K395" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" t="s" s="6">
+        <v>22</v>
+      </c>
+      <c r="B396" s="7">
+        <v>10</v>
+      </c>
+      <c r="C396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D396" s="7">
+        <v>7</v>
+      </c>
+      <c r="E396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F396" s="7">
+        <v/>
+      </c>
+      <c r="G396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H396" s="7">
+        <v/>
+      </c>
+      <c r="I396" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J396" s="7">
+        <v>56</v>
+      </c>
+      <c r="K396" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" t="s" s="6">
+        <v>23</v>
+      </c>
+      <c r="B397" s="7">
+        <v>18</v>
+      </c>
+      <c r="C397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D397" s="7">
+        <v>7</v>
+      </c>
+      <c r="E397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F397" s="7">
+        <v>1</v>
+      </c>
+      <c r="G397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H397" s="7">
+        <v/>
+      </c>
+      <c r="I397" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J397" s="7">
+        <v>41</v>
+      </c>
+      <c r="K397" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" t="s" s="6">
+        <v>24</v>
+      </c>
+      <c r="B398" s="7">
+        <v>15</v>
+      </c>
+      <c r="C398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D398" s="7">
+        <v>9</v>
+      </c>
+      <c r="E398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F398" s="7">
+        <v>1</v>
+      </c>
+      <c r="G398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H398" s="7">
+        <v/>
+      </c>
+      <c r="I398" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J398" s="7">
+        <v>41</v>
+      </c>
+      <c r="K398" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" t="s" s="6">
+        <v>25</v>
+      </c>
+      <c r="B399" s="7">
+        <v>17</v>
+      </c>
+      <c r="C399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D399" s="7">
+        <v>7</v>
+      </c>
+      <c r="E399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F399" s="7">
+        <v>3</v>
+      </c>
+      <c r="G399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H399" s="7">
+        <v>1</v>
+      </c>
+      <c r="I399" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J399" s="7">
+        <v>82</v>
+      </c>
+      <c r="K399" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" t="s" s="6">
+        <v>26</v>
+      </c>
+      <c r="B400" s="7">
+        <v>35</v>
+      </c>
+      <c r="C400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D400" s="7">
+        <v>21</v>
+      </c>
+      <c r="E400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F400" s="7">
+        <v>1</v>
+      </c>
+      <c r="G400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H400" s="7">
+        <v>3</v>
+      </c>
+      <c r="I400" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J400" s="7">
+        <v>242</v>
+      </c>
+      <c r="K400" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" t="s" s="6">
+        <v>27</v>
+      </c>
+      <c r="B401" s="7">
+        <v>48</v>
+      </c>
+      <c r="C401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D401" s="7">
+        <v>18</v>
+      </c>
+      <c r="E401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F401" s="7">
+        <v>3</v>
+      </c>
+      <c r="G401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H401" s="7">
+        <v>2</v>
+      </c>
+      <c r="I401" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J401" s="7">
+        <v>196</v>
+      </c>
+      <c r="K401" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" t="s" s="6">
+        <v>28</v>
+      </c>
+      <c r="B402" s="7">
+        <v>21</v>
+      </c>
+      <c r="C402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D402" s="7">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F402" s="7">
+        <v>1</v>
+      </c>
+      <c r="G402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H402" s="7">
+        <v>1</v>
+      </c>
+      <c r="I402" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J402" s="7">
+        <v>143</v>
+      </c>
+      <c r="K402" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" t="s" s="6">
+        <v>29</v>
+      </c>
+      <c r="B403" s="7">
+        <v>23</v>
+      </c>
+      <c r="C403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D403" s="7">
+        <v>7</v>
+      </c>
+      <c r="E403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F403" s="7">
+        <v>1</v>
+      </c>
+      <c r="G403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H403" s="7">
+        <v>1</v>
+      </c>
+      <c r="I403" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J403" s="7">
+        <v>98</v>
+      </c>
+      <c r="K403" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" t="s" s="6">
+        <v>30</v>
+      </c>
+      <c r="B404" s="7">
+        <v>92</v>
+      </c>
+      <c r="C404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D404" s="7">
+        <v>43</v>
+      </c>
+      <c r="E404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F404" s="7">
+        <v>4</v>
+      </c>
+      <c r="G404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H404" s="7">
+        <v>4</v>
+      </c>
+      <c r="I404" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J404" s="7">
+        <v>500</v>
+      </c>
+      <c r="K404" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" t="s" s="6">
+        <v>31</v>
+      </c>
+      <c r="B405" s="7">
+        <v>62</v>
+      </c>
+      <c r="C405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D405" s="7">
+        <v>37</v>
+      </c>
+      <c r="E405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F405" s="7">
+        <v>3</v>
+      </c>
+      <c r="G405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H405" s="7">
+        <v>1</v>
+      </c>
+      <c r="I405" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J405" s="7">
+        <v>333</v>
+      </c>
+      <c r="K405" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" t="s" s="6">
+        <v>32</v>
+      </c>
+      <c r="B406" s="7">
         <v>36</v>
       </c>
-      <c r="C305" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D305" s="7">
+      <c r="C406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D406" s="7">
         <v>16</v>
       </c>
-      <c r="E305" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F305" s="7">
+      <c r="E406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F406" s="7">
         <v/>
       </c>
-      <c r="G305" t="s" s="6">
-[...16 lines deleted...]
-      <c r="A306" t="s" s="6">
+      <c r="G406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H406" s="7">
+        <v>1</v>
+      </c>
+      <c r="I406" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J406" s="7">
+        <v>180</v>
+      </c>
+      <c r="K406" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" t="s" s="6">
         <v>33</v>
       </c>
-      <c r="B306" s="7">
+      <c r="B407" s="7">
         <v>17</v>
       </c>
-      <c r="C306" t="s" s="6">
-[...2 lines deleted...]
-      <c r="D306" s="7">
+      <c r="C407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D407" s="7">
         <v>9</v>
       </c>
-      <c r="E306" t="s" s="6">
-[...2 lines deleted...]
-      <c r="F306" s="7">
+      <c r="E407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F407" s="7">
         <v/>
       </c>
-      <c r="G306" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H306" s="7">
+      <c r="G407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H407" s="7">
         <v>2</v>
       </c>
-      <c r="I306" t="s" s="6">
-[...10 lines deleted...]
-      <c r="A307" t="s" s="6">
+      <c r="I407" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J407" s="7">
+        <v>82</v>
+      </c>
+      <c r="K407" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" t="s" s="6">
         <v>34</v>
       </c>
-      <c r="B307" s="7">
-[...11 lines deleted...]
-      <c r="F307" s="7">
+      <c r="B408" s="7">
+        <v>149</v>
+      </c>
+      <c r="C408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="D408" s="7">
+        <v>39</v>
+      </c>
+      <c r="E408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="F408" s="7">
         <v>19</v>
       </c>
-      <c r="G307" t="s" s="6">
-[...2 lines deleted...]
-      <c r="H307" s="7">
+      <c r="G408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="H408" s="7">
         <v>12</v>
       </c>
-      <c r="I307" t="s" s="6">
-[...10 lines deleted...]
-      <c r="A308" t="s" s="8">
+      <c r="I408" t="s" s="6">
+        <v>14</v>
+      </c>
+      <c r="J408" s="7">
+        <v>759</v>
+      </c>
+      <c r="K408" t="s" s="6">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" t="s" s="8">
         <v>35</v>
       </c>
-      <c r="B308" s="9">
-[...11 lines deleted...]
-      <c r="F308" s="9">
+      <c r="B409" s="9">
+        <v>792</v>
+      </c>
+      <c r="C409" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="D409" s="9">
+        <v>367</v>
+      </c>
+      <c r="E409" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="F409" s="9">
         <v>62</v>
       </c>
-      <c r="G308" t="s" s="8">
-[...17 lines deleted...]
-        <v>40</v>
+      <c r="G409" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="H409" s="9">
+        <v>39</v>
+      </c>
+      <c r="I409" t="s" s="8">
+        <v>14</v>
+      </c>
+      <c r="J409" s="9">
+        <v>3816</v>
+      </c>
+      <c r="K409" t="s" s="8">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="117">
+  <mergeCells count="156">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="A5:K5"/>
     <mergeCell ref="A6:K6"/>
     <mergeCell ref="A7:K7"/>
     <mergeCell ref="A8:K8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="A35:K35"/>
     <mergeCell ref="A36:K36"/>
     <mergeCell ref="A37:K37"/>
     <mergeCell ref="A38:K38"/>
     <mergeCell ref="A39:K39"/>
     <mergeCell ref="A40:K40"/>
     <mergeCell ref="A41:K41"/>
     <mergeCell ref="A42:K42"/>
     <mergeCell ref="B43:C43"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="F43:G43"/>
     <mergeCell ref="H43:I43"/>
@@ -8135,115 +10629,154 @@
     <mergeCell ref="A70:K70"/>
     <mergeCell ref="A71:K71"/>
     <mergeCell ref="A72:K72"/>
     <mergeCell ref="A73:K73"/>
     <mergeCell ref="A74:K74"/>
     <mergeCell ref="A75:K75"/>
     <mergeCell ref="A76:K76"/>
     <mergeCell ref="B77:C77"/>
     <mergeCell ref="D77:E77"/>
     <mergeCell ref="F77:G77"/>
     <mergeCell ref="H77:I77"/>
     <mergeCell ref="J77:K77"/>
     <mergeCell ref="A103:K103"/>
     <mergeCell ref="A104:K104"/>
     <mergeCell ref="A105:K105"/>
     <mergeCell ref="A106:K106"/>
     <mergeCell ref="A107:K107"/>
     <mergeCell ref="A108:K108"/>
     <mergeCell ref="A109:K109"/>
     <mergeCell ref="A110:K110"/>
     <mergeCell ref="B111:C111"/>
     <mergeCell ref="D111:E111"/>
     <mergeCell ref="F111:G111"/>
     <mergeCell ref="H111:I111"/>
     <mergeCell ref="J111:K111"/>
+    <mergeCell ref="A137:K137"/>
     <mergeCell ref="A138:K138"/>
     <mergeCell ref="A139:K139"/>
     <mergeCell ref="A140:K140"/>
     <mergeCell ref="A141:K141"/>
     <mergeCell ref="A142:K142"/>
     <mergeCell ref="A143:K143"/>
     <mergeCell ref="A144:K144"/>
-    <mergeCell ref="A145:K145"/>
-[...4 lines deleted...]
-    <mergeCell ref="J146:K146"/>
+    <mergeCell ref="B145:C145"/>
+    <mergeCell ref="D145:E145"/>
+    <mergeCell ref="F145:G145"/>
+    <mergeCell ref="H145:I145"/>
+    <mergeCell ref="J145:K145"/>
+    <mergeCell ref="A171:K171"/>
+    <mergeCell ref="A172:K172"/>
     <mergeCell ref="A173:K173"/>
     <mergeCell ref="A174:K174"/>
     <mergeCell ref="A175:K175"/>
     <mergeCell ref="A176:K176"/>
     <mergeCell ref="A177:K177"/>
     <mergeCell ref="A178:K178"/>
-    <mergeCell ref="A179:K179"/>
-[...5 lines deleted...]
-    <mergeCell ref="J181:K181"/>
+    <mergeCell ref="B179:C179"/>
+    <mergeCell ref="D179:E179"/>
+    <mergeCell ref="F179:G179"/>
+    <mergeCell ref="H179:I179"/>
+    <mergeCell ref="J179:K179"/>
+    <mergeCell ref="A205:K205"/>
+    <mergeCell ref="A206:K206"/>
+    <mergeCell ref="A207:K207"/>
     <mergeCell ref="A208:K208"/>
     <mergeCell ref="A209:K209"/>
     <mergeCell ref="A210:K210"/>
     <mergeCell ref="A211:K211"/>
     <mergeCell ref="A212:K212"/>
-    <mergeCell ref="A213:K213"/>
-[...6 lines deleted...]
-    <mergeCell ref="J216:K216"/>
+    <mergeCell ref="B213:C213"/>
+    <mergeCell ref="D213:E213"/>
+    <mergeCell ref="F213:G213"/>
+    <mergeCell ref="H213:I213"/>
+    <mergeCell ref="J213:K213"/>
+    <mergeCell ref="A239:K239"/>
+    <mergeCell ref="A240:K240"/>
+    <mergeCell ref="A241:K241"/>
+    <mergeCell ref="A242:K242"/>
     <mergeCell ref="A243:K243"/>
     <mergeCell ref="A244:K244"/>
     <mergeCell ref="A245:K245"/>
     <mergeCell ref="A246:K246"/>
-    <mergeCell ref="A247:K247"/>
-[...7 lines deleted...]
-    <mergeCell ref="J251:K251"/>
+    <mergeCell ref="B247:C247"/>
+    <mergeCell ref="D247:E247"/>
+    <mergeCell ref="F247:G247"/>
+    <mergeCell ref="H247:I247"/>
+    <mergeCell ref="J247:K247"/>
+    <mergeCell ref="A274:K274"/>
+    <mergeCell ref="A275:K275"/>
+    <mergeCell ref="A276:K276"/>
+    <mergeCell ref="A277:K277"/>
     <mergeCell ref="A278:K278"/>
     <mergeCell ref="A279:K279"/>
     <mergeCell ref="A280:K280"/>
     <mergeCell ref="A281:K281"/>
-    <mergeCell ref="A282:K282"/>
-[...7 lines deleted...]
-    <mergeCell ref="J286:K286"/>
+    <mergeCell ref="B282:C282"/>
+    <mergeCell ref="D282:E282"/>
+    <mergeCell ref="F282:G282"/>
+    <mergeCell ref="H282:I282"/>
+    <mergeCell ref="J282:K282"/>
+    <mergeCell ref="A309:K309"/>
+    <mergeCell ref="A310:K310"/>
+    <mergeCell ref="A311:K311"/>
+    <mergeCell ref="A312:K312"/>
+    <mergeCell ref="A313:K313"/>
+    <mergeCell ref="A314:K314"/>
+    <mergeCell ref="A315:K315"/>
+    <mergeCell ref="A316:K316"/>
+    <mergeCell ref="B317:C317"/>
+    <mergeCell ref="D317:E317"/>
+    <mergeCell ref="F317:G317"/>
+    <mergeCell ref="H317:I317"/>
+    <mergeCell ref="J317:K317"/>
+    <mergeCell ref="A344:K344"/>
+    <mergeCell ref="A345:K345"/>
+    <mergeCell ref="A346:K346"/>
+    <mergeCell ref="A347:K347"/>
+    <mergeCell ref="A348:K348"/>
+    <mergeCell ref="A349:K349"/>
+    <mergeCell ref="A350:K350"/>
+    <mergeCell ref="A351:K351"/>
+    <mergeCell ref="B352:C352"/>
+    <mergeCell ref="D352:E352"/>
+    <mergeCell ref="F352:G352"/>
+    <mergeCell ref="H352:I352"/>
+    <mergeCell ref="J352:K352"/>
+    <mergeCell ref="A379:K379"/>
+    <mergeCell ref="A380:K380"/>
+    <mergeCell ref="A381:K381"/>
+    <mergeCell ref="A382:K382"/>
+    <mergeCell ref="A383:K383"/>
+    <mergeCell ref="A384:K384"/>
+    <mergeCell ref="A385:K385"/>
+    <mergeCell ref="A386:K386"/>
+    <mergeCell ref="B387:C387"/>
+    <mergeCell ref="D387:E387"/>
+    <mergeCell ref="F387:G387"/>
+    <mergeCell ref="H387:I387"/>
+    <mergeCell ref="J387:K387"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PI2 HR</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>